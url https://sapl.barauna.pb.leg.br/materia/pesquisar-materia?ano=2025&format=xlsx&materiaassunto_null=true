--- v0 (2025-11-06)
+++ v1 (2025-12-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1104" uniqueCount="470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1252" uniqueCount="530">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -246,54 +246,102 @@
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_no020-2025-aprovado.pdf</t>
   </si>
   <si>
     <t>DESMEMBRAMENTO, CRIAÇÃO E EXTINSÃO DE SECRETARIAS, TRANSFORMAÇÃO E CRIAÇÃO DE CARGOS NO ÂMBITO DO MUNICÍPIO DE BARAÚNA/PB, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_no021-2025-aprovado.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE DO MUNICÍPIO DE BARAÚNA/PB, E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_lei_no_024_2025_prorroga_prazo_de_doacao_de_terreno_ao_estado1.pdf</t>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_lei_no_024-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>PRORROGAÇÃO DO PRAZO DE DOAÇÃO DE TERRENO AO ESTADO DA PARAÍBA PARA CONSTRUÇÃO DE COMPLEXO EDUCACIONAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/182/projeto_de_lei_no_025_2025_conselho_municipal_de_direitos_da_populacao_cmdlgbtqiapnb-1-3.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DIREITOS DA POPULAÇÃO DE LÉSBICAS, GAYS, BISSEXUAIS, TRAVESTIS, TRANSEXUAIS, QUEER, INTERSEXO, ASSEXUAL PANSEXUAL, PESSOAS NÃO BINÁRIAS E OUTROS (CMDLGBTQIAPNB+) E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/184/projeto_de_lei_026_editado.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE: AUTORIZAÇÃO TRANSPOSIÇÃO/ REMANEJAMENTO NA LEI ORÇAMENTÁRIA VIGENTE DO MUNICÍPIO DE BARAÚNA/PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/185/projeto_de_lei_no_027_2025_regulariza_a_denominacao_de_ruas_antigas.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE: REGULARIZAÇÃO DE LOGRADOUROS/RUAS PÚBLICOS(AS) ANTIGOS(AS) NOMINADOS(AS) SEM PREVISÃO LEGAL, NO ÂMBITO DA CIDADE DE BARAÚNA/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei_no_026_2025_substituto_autoriza_remanejamento_transposicao_orcamentaria.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE: AUTORIZAÇÃO TRANSPOSIÇÃO/ REMANEJAMENTO NA LEI ORÇAMENTÁRIA VIGENTE DO MUNICÍPIO DE BARAÚNA/PB, E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>ProRe</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>GABINETE DA PRESIDÊNCIA - GPRES</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/20/resolucao_no_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a decretação de ponto facultativo no âmbito da Câmara Municipal de Baraúna/PB em decorrência do fériado nacional do Carnaval e dá outras providências.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
@@ -365,120 +413,108 @@
   <si>
     <t>JOHNNY</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_003_2025_jonny.docx.pdf</t>
   </si>
   <si>
     <t>solicitando, a implantação de três quebra-molas na Rua Nilo Ferreira de Vasconcelos, no município de Baraúna.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/23/requerimento_002_2025_joraide.docx.pdf</t>
   </si>
   <si>
     <t>solicitando, que viabilize a criação de um espaço destinado à comercialização dos produtos artesanais de Baraúna, a fim de atender os artesãos locais, promovendo o desenvolvimento da economia criativa e o fortalecimento do comércio local.</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_003_2025_joraide.docx.pdf</t>
   </si>
   <si>
     <t>solicitando, construção de uma passagem molhada no Sítio Logradouro, com o objetivo de assegurar melhores condições de tráfego e segurança para os moradores daquela comunidade, especialmente nos períodos de chuvas intensas.</t>
   </si>
   <si>
-    <t>25</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/25/requerimento_003_2025_joao_galo.docx.pdf</t>
   </si>
   <si>
     <t>solicitando a instalação de uma porta de emergência e de uma rampa de acessibilidade no lado esquerdo da Escola Municipal de Ensino Fundamental Celina Rodrigues da Silva.</t>
   </si>
   <si>
-    <t>27</t>
-[...1 lines deleted...]
-  <si>
     <t>NIVANILDO</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_003_2025_nivanildo.docx.pdf</t>
   </si>
   <si>
     <t>Requer seja determinada a priorização da distribuição de água dos carros-pipa para as famílias em situação de vulnerabilidade social, suspendendo o fornecimento desse serviço para Secretários Municipais, Vereadores, Prefeita e Vice-Prefeito.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>GIDEVAL</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_003_2025_gideval.docx.pdf</t>
   </si>
   <si>
     <t>solicitando a instalação de um sistema de energia solar na Escola Municipal Felipe Rodrigues de Lima.</t>
   </si>
   <si>
-    <t>29</t>
-[...1 lines deleted...]
-  <si>
     <t>JARDEL</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_003_2025_jardel.docx_1.pdf</t>
   </si>
   <si>
     <t>solicitando a reforma e ampliação da pocilga municipal de Baraúna</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/30/requerimento_004_2025_jardel.docx.pdf</t>
   </si>
   <si>
     <t>solicitando a construção de uma passagem molhada que dá acesso à pocilga municipal de Baraúna.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>REGINALDO</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_025_2025_do_vereador_reginaldo.pdf</t>
   </si>
   <si>
     <t>Criação de um programa municipal de Aluguel Solidário, destinado a estudantes universitários de Baraúna que são beneficiários do Programa Bolsa Família e precisam residir fora do município para cursar o ensino superior.</t>
   </si>
   <si>
     <t>41</t>
-  </si>
-[...1 lines deleted...]
-    <t>26</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_026_2025_nivanildo.docx.pdf</t>
   </si>
   <si>
     <t>realização do calçamento em paralelepípedo no trecho compreendido entre o início da cidade de Baraúna/PB até a área destinada a prática de esportes da ONG Nova Baraúna.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_027_2025_nivanildo.docx.pdf</t>
   </si>
   <si>
     <t>requerendo a criação de uma Casa de Apoio destinada aos pacientes que realizam tratamento fora do domicílio na cidade de Baraúna, dotada de estrutura adequada, incluindo leitos para pacientes e acompanhantes, além de um refeitório.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/43/requerimento_028__2025_jardel.docx.pdf</t>
   </si>
   <si>
     <t>solicitando a manutenção e reforma da cisterna pública situada no Conjunto Severino gomes da nobrega (DEDÉ PEREIRA). Essas cisternas desempenham um papel crucial para a comunidade local, que depende delas como principal fonte de água potável.</t>
   </si>
@@ -1088,78 +1124,156 @@
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no_097-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>solicitando que, por meio da Secretaria Municipal de Infraestrutura e serviços urbanos , em parceria com a Secretaria de Administração, seja elaborado e executado um plano de urbanização e identificação viária em todo o território do Município de Baraúna/PB, com as seguintes finalidades e providências:</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no_099-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>solicitando o mapeamento e identificação de todas as Secretarias Municipais, bem como a divulgação pública de seus respectivos endereços, horários de funcionamento, telefones e canais de atendimento.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/163/requerimento_100_2025_joao_de_deus.docx</t>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_no_100-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>solicitando a adoção das medidas administrativas necessárias à realização de Concurso Público destinado ao provimento dos cargos efetivos no âmbito do Poder Legislativo Municipal.</t>
   </si>
   <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_no_101-2025_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 101/2025_x000D_
+Ilustríssima Mesa Diretora da Câmara Municipal de Baraúna_x000D_
+O Vereador que este subscreve, nos termos regimentais vigentes, requer, após ouvido o Plenário, que seja encaminhado o presente requerimento à Excelentíssima Senhora Prefeita Constitucional do Município de Baraúna/PB, solicitando a contratação de um médico veterinário para atender as demandas principalmente relacionadas aos animais domésticos do município Baraúna.</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_no_102-2025_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento nº 102/2025 Autor: Vereador Jardel Galdino de Oliveira_x000D_
+Senhor Presidente,_x000D_
+O Vereador que este subscreve, no uso de suas atribuições regimentais, vem, após ouvido o Plenário, requerer que seja encaminhado ofício ao Poder Executivo Municipal, solicitando a instalação de um portão de ferro na entrada do ESF II Francisca Ferreira Oliveira Silva – “Vó Dadá”, localizado no Centro de Saúde / Unidade Básica de Saúde do município.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/181/requerimento_103__2025_jardel_galdino.docx</t>
+  </si>
+  <si>
+    <t>Requerimento nº 103/2025_x000D_
+Autor: Vereador Jardel Galdino de Oliveira _x000D_
+Senhor Presidente,_x000D_
+O Vereador que este subscreve, no uso de suas atribuições regimentais, vem, após ouvido o Plenário, requerer que seja encaminhado ofício ao Poder Executivo Municipal, reforçando o pleito já apresentado anteriormente por outros colegas vereadores, solicitando com máxima urgência a instalação de quebra-molas nas seguintes vias públicas do município:</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_no_104-2025_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento nº 104/2025_x000D_
+Autor: Vereador Jardel Galdino de Oliveira _x000D_
+Senhor Presidente,_x000D_
+O Vereador que este subscreve, no uso de suas atribuições regimentais, vem, após ouvido o Plenário, requerer que seja encaminhado ofício ao Poder Executivo Municipal solicitando:_x000D_
+1.	A instalação de dois (02) quebra-molas na Rua Padre Apolônio, situada no Centro da cidade;_x000D_
+2.	A recuperação dos quebra-molas já existentes no Bairro Jardim Planalto, localizados nas seguintes vias:_x000D_
+o	Rua Manoel Nogueira de Oliveira;_x000D_
+o	Rua Manoel Rodrigues de Lima;_x000D_
+o	Rua Joana Roza de Assis;_x000D_
+3.	A devida sinalização de todos os quebra-molas mencionados, incluindo pintura padronizada e instalação de placas indicativas de lombada e redução de velocidade, garantindo a conformidade com as normas de trânsito.</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no_105-2025_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento nº 105/2025_x000D_
+Autor: Vereador Jardel Galdino de Oliveira _x000D_
+Senhor Presidente,_x000D_
+O Vereador que este subscreve, no uso de suas atribuições regimentais, vem, após ouvido o Plenário, requerer que seja encaminhado ofício ao Poder Executivo Municipal solicitando:_x000D_
+Calçamento do acesso que liga as comunidades Sítio Serrote Verde e Sítio Saquinho, situado nas imediações da Igreja Assembleia de Deus, com entrada pela PB-169.</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>Requerimento nº 106/2025_x000D_
+Autor: Presidente José Nivanido da Silva Sousa _x000D_
+Mesa diretora_x000D_
+O Vereador que este subscreve, no uso de suas atribuições regimentais, vem, após ouvido o Plenário, requerer que seja encaminhado ofício ao Poder Executivo Municipal solicitando:_x000D_
+solicitando a distribuição e reposição regular de Equipamentos de Proteção Individual (EPIs) para os garis do município.</t>
+  </si>
+  <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/26/mocao_aplausos_001_2025_nivanildo.docx.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DEDICADA AS Excelentíssimas Senhoras Vereadoras Joraide de Souto Gonçalves e Kalidhia de Almeida Medeiros e as servidoras da Câmara Municipal de Baraúna pelo seu dia.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/79/voto_de_aplauso_no_002-2025.pdf</t>
   </si>
   <si>
     <t>Eu, Jose Nivanildo da Silva Sousa, vereador presidente desta Casa Legislativa, na forma regimental, apresento o presente requerimento, solicitando a apreciação e aprovação de Moção de Aplausos em reconhecimento e valorização aos notáveis serviços prestados por Marcos Suel Pereira Ribeiro gestor do Cadastro Único e programa Bolsa Família na cidade de Baraúna-PB como também ao digitador Rubenilson Souza de Andrade pelo trabalho exemplar realizado junto ao cadastro único do município.</t>
-  </si>
-[...1 lines deleted...]
-    <t>106</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/106/voto_de_aplauso_no_003-2025.pdf</t>
   </si>
   <si>
     <t>Ilustríssima Mesa Diretora da Câmara Municipal de Baraúna, Eu, Johnathan Gomes de OLiveira, na forma regimental, apresento o presente requerimento, solicitando a apreciação e aprovação de Moção de Aplausos em reconhecimento ao valioso trabalho prestado pelo Reverendíssimo Padre Henrique Gustavo Ferreira Leal, administrador paroquial da Paróquia de Nossa Senhora do Desterro, que atende os municípios de Baraúna e Sossego-PB.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/115/mocao_de_aplauso_no_004-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Dona Marcionila Maria dos Santos, em reconhecimento aos seus relevantes feitos pessoais, familiares e comunitários, por ocasião da celebração de seus 100 anos de vida no próximo dia 20 de agosto de 2025</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimentos</t>
   </si>
@@ -1258,100 +1372,106 @@
     <t>CONCEDE O TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE BARAÚNA/PB À SENHORA ANÍSIA AZEVEDO DE FARIAS, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/158/decreto_008_2025_joraide.docx</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE BARAÚNA/PB AO PASTOR JOAB DANIEL PEREIRA, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE BARAUNENSE.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/164/decreto_009_2025_joraide.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 09/2025_x000D_
 CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE BARAÚNA/PB AO DR. ALYSONMEDES FERNANDES FELISMINO, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE BARAUNENSE.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_decreto_10.docx</t>
+  </si>
+  <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 10/2025_x000D_
 CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE BARAÚNA/PB AO SENHOR GENARO DE SOUZA MEDEIROS, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE BARAUNENSE.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/166/decreto_011_gideval.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 11/2025_x000D_
 CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE BARAÚNA/PB AO POLICIAL MILITAR MANOEL JOSÉ DE OLIVEIRA, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE BARAUNENSE.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/167/decreto_012_antonio.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 12/2025_x000D_
 CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE BARAÚNA/PB AO SENHOR GERALDO MISAEL DE LIMA FILHO, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE BARAUNENSE.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/168/decreto_013_antonio.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 13/2025_x000D_
 CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE BARAÚNA/PB AO SENHOR VALDEMIR CASADO DE OLIVEIRA, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE BARAUNENSE.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/169/decreto_014_antonio.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 14/2025_x000D_
 CONCEDE O TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE BARAÚNA/PB À SENHORA KÍSSIA DE MELO ALMEIDA GOMES, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE BARAUNENSE.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/170/projeto_de_decreto_15.docx</t>
+  </si>
+  <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 15/2025_x000D_
 CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE BARAÚNA/PB AO SEMINARISTA MIGUEL ROCHA BRAGA VIEIRA, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE BARAUNENSE.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/171/decreto_016_jhony.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 16/2025_x000D_
 CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE BARAÚNA/PB AO EMPRESÁRIO ANDERSON ANDRÉ DOS SANTOS, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE BARAUNENSE.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/172/decreto_017_jhony.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 17/2025_x000D_
 CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE BARAÚNA/PB AO SEMINARISTA DOUGLAS GOMES DE LIMA, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE RELIGIOSA E SOCIAL BARAUNENSE.</t>
   </si>
   <si>
     <t>173</t>
@@ -1360,50 +1480,125 @@
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/173/decreto_018_nego.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 18/2025_x000D_
 CONCEDE O TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE BARAÚNA/PB À EXMA. SENHORA NILDA GONDIM, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/174/decreto_019_jardel.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 19/2025_x000D_
 CONCEDE O TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE BARAÚNA/PB À SENHORA MARIA AMÉLIA DE ARAÚJO, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE BARAUNENSE.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/175/decreto_020_jardel.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 20/2025_x000D_
 CONCEDE O TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE BARAÚNA/PB À SENHORA MARIA GALDINO DO NASCIMENTO, PELOS RELEVANTES SERVIÇOS PRESTADOS À EDUCAÇÃO E AO DESENVOLVIMENTO COMUNITÁRIO DESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_decreto_legislativo_no_021-2025_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO Nº 21/2025_x000D_
+Concede a Medalha de Honra ao Mérito “Vereador Francisco Gomes da Silva” à Senhora Alzenita da Silva Azevedo e dá outras providências.</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/190/projeto__de_decreto_legislativo_no_22-2025_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO Nº 22/2025_x000D_
+Concede a Medalha de Honra ao Mérito “Vereador Francisco Gomes da Silva” ao Senhor José Soares da Silva e dá outras providências._x000D_
+A Câmara Municipal de Baraúna – PB, no uso das atribuições que lhe são conferidas pela Lei Orgânica Municipal e pelo Regimento Interno, resolve:_x000D_
+_x000D_
+Fica concedida a Medalha de Honra ao Mérito “Vereador Francisco Gomes da Silva” ao Senhor José Soares da Silva, em reconhecimento à sua trajetória de vida marcada pela honestidade, trabalho, dedicação à família e contribuição histórica para o município de Baraúna – PB.</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/191/projeto__de_decreto_legislativo_no_23-2025_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO Nº 23/2025_x000D_
+CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE BARAÚNA/PB AO SENHOR RAIMUNDO BEZERRA COSTA, PELOS RELEVANTES SERVIÇOS PRESTADOS À SAÚDE PÚBLICA E AO DESENVOLVIMENTO COMUNITÁRIO DESTE MUNICÍPIO._x000D_
+O Vereador Reginaldo Rodrigues de Lima, no uso de suas atribuições legais e regimentais, apresenta o seguinte Projeto de Decreto Legislativo:_x000D_
+_x000D_
+Fica concedido o Título de Cidadão Honorário do Município de Baraúna/PB ao Senhor Raimundo Bezerra Costa, nascido em 27 de fevereiro de 1972, natural de Cacimba de Dentro/PB,</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/192/projeto__de_decreto_legislativo_no_24-2025_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO Nº 24/2025_x000D_
+CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE BARAÚNA/PB AO SENHOR ARNALDO BEZERRA CAVALCANTI, PELOS RELEVANTES SERVIÇOS PRESTADOS AO DESENVOLVIMENTO SOCIAL, ADMINISTRATIVO E TÉCNICO DO MUNICÍPIO._x000D_
+O Vereador Reginaldo Rodrigues de Lima, no uso de suas atribuições legais e regimentais, apresenta o seguinte Projeto de Decreto Legislativo:_x000D_
+_x000D_
+Fica concedido o Título de Cidadão Honorário do Município de Baraúna/PB ao Senhor Arnaldo Bezerra Cavalcanti, nascido em 28 de abril de 1953, natural de Esperança/PB, Engenheiro Civil</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/193/projeto__de_decreto_legislativo_no_25-2025_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO Nº 25/2025_x000D_
+Concede o Título de Cidadão Honorário do Município de Baraúna/PB ao Senhor Brasilino Luciano da Silva Neto, pelos relevantes serviços prestados à Administração Pública e ao desenvolvimento do Município._x000D_
+A Câmara Municipal de Baraúna, Estado da Paraíba, por iniciativa de Vereador(a) desta Casa Legislativa, no uso de suas atribuições legais e regimentais, DECRETA:_x000D_
+ Fica concedido o Título de Cidadão Honorário do Município de Baraúna/PB ao Senhor Brasilino Luciano da Silva Neto, Técnico em Contabilidade, _x000D_
+PROJETO DE DECRETO LEGISLATIVO Nº 25/2025</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/194/projeto__de_decreto_legislativo_no_26-2025_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO Nº 26/2025_x000D_
+Concede a Medalha de Honra ao Mérito “Vereador Francisco Gomes da Silva”, post mortem, ao Senhor Pedro de Souto e dá outras providências._x000D_
+A Câmara Municipal de Baraúna – PB, no uso das atribuições que lhe são conferidas pela Lei Orgânica Municipal e pelo Regimento Interno, resolve:_x000D_
+_x000D_
+Fica concedida a Medalha de Honra ao Mérito “Vereador Francisco Gomes da Silva”, post mortem, ao Senhor Pedro de Souto, Procurador de Justiça aposentado, em reconhecimento à sua notável trajetória profissional, ética e institucional, bem como aos relevantes serviços prestados ao Ministério Público e à sociedade brasileira.</t>
   </si>
   <si>
     <t>PESAR</t>
   </si>
   <si>
     <t>Voto de Pesar</t>
   </si>
   <si>
     <t>A Câmara Municipal de Baraúna, por intermédio do Vereador Johnny de Major, manifesta profundo pesar pelo falecimento da munícipe Maria Eunides Miguel de Souto, carinhosamente conhecida como Bia de Chico do Bar.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Seja apresentada à consideração do Plenário o presente Voto de Pesar pelo falecimento do servidor público Sr. Ismael da Conceição, ocorrido recentemente, fato que enlutou seus familiares, amigos, colegas de trabalho e toda a comunidade baraunense.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
@@ -1485,66 +1680,98 @@
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_legislativo_012_2025.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 12/2025 – LEGISLATIVO Ementa:_x000D_
 Denomina a Galeria de Presidentes da Câmara Municipal de Baraúna, Estado da Paraíba, com o nome do ex-vereador Antônio Fidelis de Sousa, e dá outras providências.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_legislativo-pdl_no_013-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o exercício da atividade de condutor de ambulância no âmbito do Município de Baraúna/PB, estabelece requisitos e condições para o desempenho da função, e dá outras providências.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_do_legislativo_no_014-2025.pdf</t>
   </si>
   <si>
     <t>Ementa: Denomina a Rua Projetada, localizada no Bairro José Lourenço Dantas, no Município de Baraúna/PB, com o nome de Geraldo Nóbrega Gomes (“Geraldo de Natanael”), e dá outras providências.</t>
   </si>
   <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_legislativo_015_2025_nego.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO LEGISLATIVO: PDL Nº 015/2025_x000D_
+_x000D_
+INSTITUI O QUADRO HONRA AO MÉRITO “VEREADOR FRANCISCO GOMES DA SILVA”, NO ÂMBITO DA CÂMARA MUNICIPAL DE BARAÚNA – PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>146</t>
   </si>
   <si>
     <t>CEP</t>
   </si>
   <si>
     <t>COMISSÃO ESPECIAL PROCESSANTE DE ÉTICA</t>
   </si>
   <si>
-    <t>CEP - COMISSÃO ESPECIAL PROCESSANTE</t>
+    <t>CEP - Comissão Especial Processante</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/146/portaria_de_instauracao_pad_no_13-2025.pdf</t>
   </si>
   <si>
     <t>Procedimento para apurar possíveis atos incompatíveis com o decoro parlamentar pelo Vereador João Batista de Deus de Oliveira</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>CON</t>
+  </si>
+  <si>
+    <t>ANÁLISE DE CONTAS DE GESTÃO</t>
+  </si>
+  <si>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/177/proc_02763_25_oficio_00469_25_tribunal_pleno.pdf</t>
+  </si>
+  <si>
+    <t>ANÁLISE DAS CONTAS DE GESTÃO DO PREFEITO MUNICIPAL DE BARAÚINA, SENHOR MANASSÉS GOMES DANTAS, EXERCICIO 2024</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Análise contas Gestão ano 2023 Presidente da Câmara Municipal Vereador Gideval da Costa Silva</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1848,56 +2075,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/38/pl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/39/pl_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_no_007_2025_abertura_de_credito_especial_pag_educador_social.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_no_009_2025_regulamenta_sistema_nacional_seguranca_alimentar_nutricional-sisan.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/83/projeto_de_lei_no_010_2025_reest_conselho_municipal_pessoal_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/82/projeto_de_lei_no_011_2025_reestruturacao_sevico_de_acolhimento_familiar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/85/projeto_de_lei_no_012_2025_reajusta_funcoes_gratificadas_profissionais_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_no_013_2025_credito_especial_apoio_cultural_e_convenio_estado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/109/mensagem_substitutivo_ao_projeto_de_lei_no_015_2025_em_tramitacao_na_camara_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_no_016_2025_autoriza_convenio_assoc_mulheres_de_peito.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/108/projeto_de_lei_no_017_2025_autoriza_pagamento_ferias_13o_salario_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_no_018_2025_pagamento_componente_de_qualidade_prof_atencao_basica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/159/requerimento20251020_14161506.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_no020-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_no021-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_lei_no_024_2025_prorroga_prazo_de_doacao_de_terreno_ao_estado1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/20/resolucao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/176/projeto_023_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento_008_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_011_2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_002_2025_jonathan.docx.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_003_2025_jonny.docx.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/23/requerimento_002_2025_joraide.docx.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_003_2025_joraide.docx.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/25/requerimento_003_2025_joao_galo.docx.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_003_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_003_2025_gideval.docx.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_003_2025_jardel.docx_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/30/requerimento_004_2025_jardel.docx.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_025_2025_do_vereador_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_026_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_027_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/43/requerimento_028__2025_jardel.docx.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_029__2025_jardel.docx.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_030_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_031_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/47/requerimento_032_2025_johny.docx.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/48/requerimento_033_2025_johny.docx.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_numero_034-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_numero_035-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_numero_036-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_numero_037-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_numero_038-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_numero_039-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_numero_040-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_n067-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_n068-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_n069-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_n070-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/121/requerimento_no_077-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_083_2025_joao_de_deus.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_084_2025_reginaldo.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_no_085-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_no_086-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_087_2025.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_no_088-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_089_2025_kalidhia.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_090_2025_kalidhia.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_no_091-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_no_092-20255-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_no_093-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_no_094-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/148/requerimento_095_2025_jardel_galdino.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_096_2025_jardel_galdino.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no_097-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no_099-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/163/requerimento_100_2025_joao_de_deus.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/26/mocao_aplausos_001_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/79/voto_de_aplauso_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/106/voto_de_aplauso_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/115/mocao_de_aplauso_no_004-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/95/requerimento_n064-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/117/oficio_no_142_2025-gapref_camara_municipal_transferencia__data_da_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_decreto_legislativo_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/131/decreto_002_2025_presidente.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/132/decreto_003_2025_presidente.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/144/decreto_004_2025.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/155/decreto_005_2025_gideval.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/156/projeto_de_decreto_legislativo_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_decreto_legislativo_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/158/decreto_008_2025_joraide.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/164/decreto_009_2025_joraide.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/166/decreto_011_gideval.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/167/decreto_012_antonio.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/168/decreto_013_antonio.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/169/decreto_014_antonio.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/171/decreto_016_jhony.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/172/decreto_017_jhony.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/173/decreto_018_nego.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/174/decreto_019_jardel.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/175/decreto_020_jardel.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_do_legislativo_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/49/p_lei_0002_2025_antonio.docx.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_do_legislativo_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_do_legislativo_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_do_legislativo_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_do_legislativo_no_006-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_do_legislativo_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_do_legislativo_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/97/projeto_de_lei_do_legislativo_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_do_legislativo_no_10.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_legislativo_012_2025.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_legislativo-pdl_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_do_legislativo_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/146/portaria_de_instauracao_pad_no_13-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/38/pl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/39/pl_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_no_007_2025_abertura_de_credito_especial_pag_educador_social.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_no_009_2025_regulamenta_sistema_nacional_seguranca_alimentar_nutricional-sisan.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/83/projeto_de_lei_no_010_2025_reest_conselho_municipal_pessoal_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/82/projeto_de_lei_no_011_2025_reestruturacao_sevico_de_acolhimento_familiar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/85/projeto_de_lei_no_012_2025_reajusta_funcoes_gratificadas_profissionais_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_no_013_2025_credito_especial_apoio_cultural_e_convenio_estado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/109/mensagem_substitutivo_ao_projeto_de_lei_no_015_2025_em_tramitacao_na_camara_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_no_016_2025_autoriza_convenio_assoc_mulheres_de_peito.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/108/projeto_de_lei_no_017_2025_autoriza_pagamento_ferias_13o_salario_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_no_018_2025_pagamento_componente_de_qualidade_prof_atencao_basica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/159/requerimento20251020_14161506.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_no020-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_no021-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_lei_no_024-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/182/projeto_de_lei_no_025_2025_conselho_municipal_de_direitos_da_populacao_cmdlgbtqiapnb-1-3.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/184/projeto_de_lei_026_editado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/185/projeto_de_lei_no_027_2025_regulariza_a_denominacao_de_ruas_antigas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei_no_026_2025_substituto_autoriza_remanejamento_transposicao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/20/resolucao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/176/projeto_023_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento_008_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_011_2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_002_2025_jonathan.docx.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_003_2025_jonny.docx.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/23/requerimento_002_2025_joraide.docx.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_003_2025_joraide.docx.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/25/requerimento_003_2025_joao_galo.docx.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_003_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_003_2025_gideval.docx.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_003_2025_jardel.docx_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/30/requerimento_004_2025_jardel.docx.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_025_2025_do_vereador_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_026_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_027_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/43/requerimento_028__2025_jardel.docx.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_029__2025_jardel.docx.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_030_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_031_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/47/requerimento_032_2025_johny.docx.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/48/requerimento_033_2025_johny.docx.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_numero_034-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_numero_035-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_numero_036-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_numero_037-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_numero_038-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_numero_039-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_numero_040-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_n067-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_n068-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_n069-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_n070-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/121/requerimento_no_077-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_083_2025_joao_de_deus.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_084_2025_reginaldo.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_no_085-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_no_086-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_087_2025.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_no_088-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_089_2025_kalidhia.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_090_2025_kalidhia.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_no_091-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_no_092-20255-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_no_093-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_no_094-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/148/requerimento_095_2025_jardel_galdino.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_096_2025_jardel_galdino.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no_097-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no_099-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_no_100-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_no_101-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_no_102-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/181/requerimento_103__2025_jardel_galdino.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_no_104-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no_105-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/26/mocao_aplausos_001_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/79/voto_de_aplauso_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/106/voto_de_aplauso_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/115/mocao_de_aplauso_no_004-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/95/requerimento_n064-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/117/oficio_no_142_2025-gapref_camara_municipal_transferencia__data_da_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_decreto_legislativo_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/131/decreto_002_2025_presidente.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/132/decreto_003_2025_presidente.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/144/decreto_004_2025.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/155/decreto_005_2025_gideval.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/156/projeto_de_decreto_legislativo_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_decreto_legislativo_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/158/decreto_008_2025_joraide.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/164/decreto_009_2025_joraide.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_decreto_10.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/166/decreto_011_gideval.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/167/decreto_012_antonio.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/168/decreto_013_antonio.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/169/decreto_014_antonio.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/170/projeto_de_decreto_15.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/171/decreto_016_jhony.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/172/decreto_017_jhony.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/173/decreto_018_nego.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/174/decreto_019_jardel.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/175/decreto_020_jardel.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_decreto_legislativo_no_021-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/190/projeto__de_decreto_legislativo_no_22-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/191/projeto__de_decreto_legislativo_no_23-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/192/projeto__de_decreto_legislativo_no_24-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/193/projeto__de_decreto_legislativo_no_25-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/194/projeto__de_decreto_legislativo_no_26-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_do_legislativo_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/49/p_lei_0002_2025_antonio.docx.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_do_legislativo_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_do_legislativo_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_do_legislativo_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_do_legislativo_no_006-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_do_legislativo_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_do_legislativo_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/97/projeto_de_lei_do_legislativo_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_do_legislativo_no_10.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_legislativo_012_2025.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_legislativo-pdl_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_do_legislativo_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_legislativo_015_2025_nego.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/146/portaria_de_instauracao_pad_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/177/proc_02763_25_oficio_00469_25_tribunal_pleno.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H138"/>
+  <dimension ref="A1:H157"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="109.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="165.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2339,3166 +2566,3648 @@
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>77</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H18" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="D19" t="s">
-        <v>80</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="G19" s="1" t="s">
+      <c r="H19" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>85</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>87</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>41</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H21" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="D22" t="s">
-        <v>92</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>93</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="H22" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>69</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" t="s">
+        <v>96</v>
+      </c>
+      <c r="E23" t="s">
+        <v>97</v>
+      </c>
+      <c r="F23" t="s">
+        <v>98</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H23" t="s">
         <v>100</v>
-      </c>
-[...19 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="E24" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="F24" t="s">
         <v>104</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H24" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>41</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>107</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E25" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F25" t="s">
-        <v>88</v>
+        <v>110</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="H25" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="D26" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E26" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F26" t="s">
-        <v>88</v>
+        <v>113</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="H26" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="D27" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E27" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F27" t="s">
-        <v>94</v>
+        <v>117</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="H27" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>100</v>
+        <v>56</v>
       </c>
       <c r="D28" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E28" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F28" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="H28" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
+        <v>60</v>
       </c>
       <c r="D29" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E29" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F29" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="H29" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>107</v>
+        <v>64</v>
       </c>
       <c r="D30" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E30" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F30" t="s">
-        <v>124</v>
+        <v>104</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H30" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>127</v>
+        <v>81</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D31" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E31" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F31" t="s">
-        <v>124</v>
+        <v>110</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>128</v>
       </c>
       <c r="H31" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>89</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>116</v>
+      </c>
+      <c r="D32" t="s">
+        <v>108</v>
+      </c>
+      <c r="E32" t="s">
+        <v>109</v>
+      </c>
+      <c r="F32" t="s">
         <v>130</v>
       </c>
-      <c r="B32" t="s">
-[...11 lines deleted...]
-      <c r="F32" t="s">
+      <c r="G32" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="G32" s="1" t="s">
+      <c r="H32" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>133</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>73</v>
+      </c>
+      <c r="D33" t="s">
+        <v>108</v>
+      </c>
+      <c r="E33" t="s">
+        <v>109</v>
+      </c>
+      <c r="F33" t="s">
         <v>134</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="G33" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="G33" s="1" t="s">
+      <c r="H33" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>93</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>123</v>
+      </c>
+      <c r="D34" t="s">
+        <v>108</v>
+      </c>
+      <c r="E34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F34" t="s">
+        <v>137</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B34" t="s">
-[...14 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>140</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>77</v>
+      </c>
+      <c r="D35" t="s">
+        <v>108</v>
+      </c>
+      <c r="E35" t="s">
+        <v>109</v>
+      </c>
+      <c r="F35" t="s">
+        <v>137</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B35" t="s">
-[...14 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>143</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>81</v>
+      </c>
+      <c r="D36" t="s">
+        <v>108</v>
+      </c>
+      <c r="E36" t="s">
+        <v>109</v>
+      </c>
+      <c r="F36" t="s">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>124</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>145</v>
       </c>
       <c r="H36" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>147</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>127</v>
+        <v>85</v>
       </c>
       <c r="D37" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E37" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F37" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>148</v>
       </c>
       <c r="H37" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>150</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
+        <v>89</v>
+      </c>
+      <c r="D38" t="s">
+        <v>108</v>
+      </c>
+      <c r="E38" t="s">
+        <v>109</v>
+      </c>
+      <c r="F38" t="s">
+        <v>130</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="D38" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>153</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>133</v>
+      </c>
+      <c r="D39" t="s">
+        <v>108</v>
+      </c>
+      <c r="E39" t="s">
+        <v>109</v>
+      </c>
+      <c r="F39" t="s">
+        <v>137</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="H39" t="s">
         <v>155</v>
-      </c>
-[...13 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>156</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>93</v>
+      </c>
+      <c r="D40" t="s">
+        <v>108</v>
+      </c>
+      <c r="E40" t="s">
+        <v>109</v>
+      </c>
+      <c r="F40" t="s">
+        <v>137</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H40" t="s">
         <v>158</v>
-      </c>
-[...19 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>163</v>
+        <v>140</v>
       </c>
       <c r="D41" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E41" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F41" t="s">
-        <v>131</v>
+        <v>113</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="H41" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>130</v>
+        <v>163</v>
       </c>
       <c r="D42" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E42" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F42" t="s">
-        <v>131</v>
+        <v>113</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="H42" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>166</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>167</v>
+      </c>
+      <c r="D43" t="s">
+        <v>108</v>
+      </c>
+      <c r="E43" t="s">
+        <v>109</v>
+      </c>
+      <c r="F43" t="s">
+        <v>120</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H43" t="s">
         <v>169</v>
-      </c>
-[...19 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>170</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>171</v>
+      </c>
+      <c r="D44" t="s">
+        <v>108</v>
+      </c>
+      <c r="E44" t="s">
+        <v>109</v>
+      </c>
+      <c r="F44" t="s">
+        <v>120</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B44" t="s">
-[...14 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="H44" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>174</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>175</v>
       </c>
-      <c r="B45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E45" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F45" t="s">
-        <v>104</v>
+        <v>144</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H45" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>178</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="D46" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E46" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F46" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>179</v>
       </c>
       <c r="H46" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>181</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
+        <v>24</v>
+      </c>
+      <c r="D47" t="s">
+        <v>108</v>
+      </c>
+      <c r="E47" t="s">
+        <v>109</v>
+      </c>
+      <c r="F47" t="s">
+        <v>113</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>184</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" t="s">
+        <v>108</v>
+      </c>
+      <c r="E48" t="s">
+        <v>109</v>
+      </c>
+      <c r="F48" t="s">
+        <v>137</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B48" t="s">
-[...14 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>187</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>16</v>
+      </c>
+      <c r="D49" t="s">
+        <v>108</v>
+      </c>
+      <c r="E49" t="s">
+        <v>109</v>
+      </c>
+      <c r="F49" t="s">
+        <v>120</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>188</v>
-      </c>
-[...16 lines deleted...]
-        <v>186</v>
       </c>
       <c r="H49" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>190</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>141</v>
+        <v>20</v>
       </c>
       <c r="D50" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E50" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F50" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="H50" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="D51" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E51" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F51" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="H51" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>147</v>
       </c>
       <c r="D52" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E52" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F52" t="s">
-        <v>88</v>
+        <v>130</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="H52" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>150</v>
       </c>
       <c r="D53" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E53" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F53" t="s">
-        <v>88</v>
+        <v>130</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>198</v>
       </c>
       <c r="H53" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D54" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E54" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F54" t="s">
-        <v>97</v>
+        <v>137</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="H54" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D55" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E55" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F55" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="H55" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>206</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
+        <v>159</v>
+      </c>
+      <c r="D56" t="s">
+        <v>108</v>
+      </c>
+      <c r="E56" t="s">
+        <v>109</v>
+      </c>
+      <c r="F56" t="s">
+        <v>104</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>209</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>162</v>
+      </c>
+      <c r="D57" t="s">
+        <v>108</v>
+      </c>
+      <c r="E57" t="s">
+        <v>109</v>
+      </c>
+      <c r="F57" t="s">
+        <v>104</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="H57" t="s">
         <v>211</v>
-      </c>
-[...13 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>212</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>166</v>
+      </c>
+      <c r="D58" t="s">
+        <v>108</v>
+      </c>
+      <c r="E58" t="s">
+        <v>109</v>
+      </c>
+      <c r="F58" t="s">
+        <v>113</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H58" t="s">
         <v>214</v>
-      </c>
-[...19 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="D59" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E59" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F59" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="H59" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>218</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>219</v>
+      </c>
+      <c r="D60" t="s">
+        <v>108</v>
+      </c>
+      <c r="E60" t="s">
+        <v>109</v>
+      </c>
+      <c r="F60" t="s">
+        <v>137</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H60" t="s">
         <v>221</v>
-      </c>
-[...19 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>222</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>223</v>
+      </c>
+      <c r="D61" t="s">
+        <v>108</v>
+      </c>
+      <c r="E61" t="s">
+        <v>109</v>
+      </c>
+      <c r="F61" t="s">
+        <v>104</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="B61" t="s">
-[...14 lines deleted...]
-      <c r="G61" s="1" t="s">
+      <c r="H61" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>226</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
         <v>227</v>
       </c>
-      <c r="B62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D62" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E62" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F62" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>228</v>
       </c>
       <c r="H62" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>230</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D63" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E63" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F63" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>231</v>
       </c>
       <c r="H63" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>233</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>178</v>
       </c>
       <c r="D64" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E64" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F64" t="s">
-        <v>104</v>
+        <v>137</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>234</v>
       </c>
       <c r="H64" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>236</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>181</v>
       </c>
       <c r="D65" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E65" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F65" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>237</v>
       </c>
       <c r="H65" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>239</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D66" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E66" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F66" t="s">
-        <v>88</v>
+        <v>130</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H66" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>242</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="D67" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E67" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F67" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>243</v>
       </c>
       <c r="H67" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>245</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>190</v>
       </c>
       <c r="D68" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E68" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F68" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>246</v>
       </c>
       <c r="H68" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>248</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D69" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E69" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F69" t="s">
-        <v>97</v>
+        <v>137</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>249</v>
       </c>
       <c r="H69" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>251</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D70" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E70" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F70" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>252</v>
       </c>
       <c r="H70" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>254</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D71" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E71" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F71" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>255</v>
       </c>
       <c r="H71" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>257</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D72" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E72" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F72" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>258</v>
       </c>
       <c r="H72" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>260</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
+        <v>204</v>
+      </c>
+      <c r="D73" t="s">
+        <v>108</v>
+      </c>
+      <c r="E73" t="s">
+        <v>109</v>
+      </c>
+      <c r="F73" t="s">
+        <v>113</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="D73" t="s">
-[...8 lines deleted...]
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>263</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>206</v>
+      </c>
+      <c r="D74" t="s">
+        <v>108</v>
+      </c>
+      <c r="E74" t="s">
+        <v>109</v>
+      </c>
+      <c r="F74" t="s">
+        <v>134</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="H74" t="s">
         <v>265</v>
-      </c>
-[...13 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>266</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>209</v>
+      </c>
+      <c r="D75" t="s">
+        <v>108</v>
+      </c>
+      <c r="E75" t="s">
+        <v>109</v>
+      </c>
+      <c r="F75" t="s">
+        <v>130</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H75" t="s">
         <v>268</v>
-      </c>
-[...19 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="D76" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E76" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F76" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="H76" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>272</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>273</v>
+      </c>
+      <c r="D77" t="s">
+        <v>108</v>
+      </c>
+      <c r="E77" t="s">
+        <v>109</v>
+      </c>
+      <c r="F77" t="s">
+        <v>137</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H77" t="s">
         <v>275</v>
-      </c>
-[...19 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>276</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>277</v>
+      </c>
+      <c r="D78" t="s">
+        <v>108</v>
+      </c>
+      <c r="E78" t="s">
+        <v>109</v>
+      </c>
+      <c r="F78" t="s">
+        <v>144</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="B78" t="s">
-[...14 lines deleted...]
-      <c r="G78" s="1" t="s">
+      <c r="H78" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>280</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
         <v>281</v>
       </c>
-      <c r="B79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D79" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E79" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F79" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>282</v>
       </c>
       <c r="H79" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>284</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>28</v>
+        <v>226</v>
       </c>
       <c r="D80" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E80" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F80" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>285</v>
       </c>
       <c r="H80" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>287</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>40</v>
+        <v>230</v>
       </c>
       <c r="D81" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E81" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F81" t="s">
-        <v>88</v>
+        <v>137</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>288</v>
       </c>
       <c r="H81" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>290</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
+        <v>242</v>
+      </c>
+      <c r="D82" t="s">
+        <v>108</v>
+      </c>
+      <c r="E82" t="s">
+        <v>109</v>
+      </c>
+      <c r="F82" t="s">
+        <v>144</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="D82" t="s">
-[...8 lines deleted...]
-      <c r="G82" s="1" t="s">
+      <c r="H82" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>293</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>32</v>
+      </c>
+      <c r="D83" t="s">
+        <v>108</v>
+      </c>
+      <c r="E83" t="s">
+        <v>109</v>
+      </c>
+      <c r="F83" t="s">
+        <v>110</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s">
+      <c r="H83" t="s">
         <v>295</v>
-      </c>
-[...13 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>296</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>28</v>
+      </c>
+      <c r="D84" t="s">
+        <v>108</v>
+      </c>
+      <c r="E84" t="s">
+        <v>109</v>
+      </c>
+      <c r="F84" t="s">
+        <v>144</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H84" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>239</v>
+        <v>40</v>
       </c>
       <c r="D85" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E85" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F85" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="H85" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>302</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>303</v>
+      </c>
+      <c r="D86" t="s">
+        <v>108</v>
+      </c>
+      <c r="E86" t="s">
+        <v>109</v>
+      </c>
+      <c r="F86" t="s">
+        <v>104</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="H86" t="s">
         <v>305</v>
-      </c>
-[...19 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>306</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>307</v>
+      </c>
+      <c r="D87" t="s">
+        <v>108</v>
+      </c>
+      <c r="E87" t="s">
+        <v>109</v>
+      </c>
+      <c r="F87" t="s">
+        <v>134</v>
+      </c>
+      <c r="G87" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="B87" t="s">
-[...14 lines deleted...]
-      <c r="G87" s="1" t="s">
+      <c r="H87" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>248</v>
       </c>
       <c r="D88" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E88" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F88" t="s">
-        <v>131</v>
+        <v>311</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>312</v>
       </c>
       <c r="H88" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>314</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>251</v>
       </c>
       <c r="D89" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E89" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F89" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>315</v>
       </c>
       <c r="H89" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>317</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>44</v>
+        <v>254</v>
       </c>
       <c r="D90" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E90" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F90" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>318</v>
       </c>
       <c r="H90" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>320</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
+        <v>257</v>
+      </c>
+      <c r="D91" t="s">
+        <v>108</v>
+      </c>
+      <c r="E91" t="s">
+        <v>109</v>
+      </c>
+      <c r="F91" t="s">
+        <v>130</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="D91" t="s">
-[...8 lines deleted...]
-      <c r="G91" s="1" t="s">
+      <c r="H91" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>323</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>260</v>
+      </c>
+      <c r="D92" t="s">
+        <v>108</v>
+      </c>
+      <c r="E92" t="s">
+        <v>109</v>
+      </c>
+      <c r="F92" t="s">
+        <v>144</v>
+      </c>
+      <c r="G92" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="B92" t="s">
-[...14 lines deleted...]
-      <c r="G92" s="1" t="s">
+      <c r="H92" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>326</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>263</v>
+      </c>
+      <c r="D93" t="s">
+        <v>108</v>
+      </c>
+      <c r="E93" t="s">
+        <v>109</v>
+      </c>
+      <c r="F93" t="s">
+        <v>113</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="B93" t="s">
-[...2 lines deleted...]
-      <c r="C93" t="s">
+      <c r="H93" t="s">
         <v>328</v>
-      </c>
-[...13 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>329</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>44</v>
+      </c>
+      <c r="D94" t="s">
+        <v>108</v>
+      </c>
+      <c r="E94" t="s">
+        <v>109</v>
+      </c>
+      <c r="F94" t="s">
+        <v>137</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="H94" t="s">
         <v>331</v>
-      </c>
-[...19 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>332</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>333</v>
+      </c>
+      <c r="D95" t="s">
+        <v>108</v>
+      </c>
+      <c r="E95" t="s">
+        <v>109</v>
+      </c>
+      <c r="F95" t="s">
+        <v>137</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H95" t="s">
         <v>335</v>
-      </c>
-[...19 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>135</v>
+        <v>336</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="D96" t="s">
-        <v>339</v>
+        <v>108</v>
       </c>
       <c r="E96" t="s">
-        <v>340</v>
+        <v>109</v>
       </c>
       <c r="F96" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="H96" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>17</v>
+        <v>340</v>
       </c>
       <c r="D97" t="s">
-        <v>339</v>
+        <v>108</v>
       </c>
       <c r="E97" t="s">
-        <v>340</v>
+        <v>109</v>
       </c>
       <c r="F97" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="H97" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>343</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>344</v>
+      </c>
+      <c r="D98" t="s">
+        <v>108</v>
+      </c>
+      <c r="E98" t="s">
+        <v>109</v>
+      </c>
+      <c r="F98" t="s">
+        <v>113</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H98" t="s">
         <v>346</v>
-      </c>
-[...19 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>347</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>348</v>
+      </c>
+      <c r="D99" t="s">
+        <v>108</v>
+      </c>
+      <c r="E99" t="s">
+        <v>109</v>
+      </c>
+      <c r="F99" t="s">
+        <v>110</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="H99" t="s">
         <v>350</v>
-      </c>
-[...13 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>269</v>
+        <v>351</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>10</v>
+        <v>352</v>
       </c>
       <c r="D100" t="s">
-        <v>353</v>
+        <v>108</v>
       </c>
       <c r="E100" t="s">
-        <v>354</v>
+        <v>109</v>
       </c>
       <c r="F100" t="s">
         <v>120</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>186</v>
+        <v>353</v>
       </c>
       <c r="H100" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>321</v>
+        <v>355</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>17</v>
+        <v>269</v>
       </c>
       <c r="D101" t="s">
-        <v>353</v>
+        <v>108</v>
       </c>
       <c r="E101" t="s">
-        <v>354</v>
+        <v>109</v>
       </c>
       <c r="F101" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>356</v>
       </c>
       <c r="H101" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>358</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>21</v>
+        <v>272</v>
       </c>
       <c r="D102" t="s">
-        <v>353</v>
+        <v>108</v>
       </c>
       <c r="E102" t="s">
-        <v>354</v>
+        <v>109</v>
       </c>
       <c r="F102" t="s">
-        <v>13</v>
+        <v>137</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>359</v>
       </c>
       <c r="H102" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>261</v>
+        <v>361</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>10</v>
+        <v>276</v>
       </c>
       <c r="D103" t="s">
-        <v>361</v>
+        <v>108</v>
       </c>
       <c r="E103" t="s">
+        <v>109</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="F103" t="s">
+      <c r="H103" t="s">
         <v>363</v>
-      </c>
-[...4 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>364</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>280</v>
+      </c>
+      <c r="D104" t="s">
+        <v>108</v>
+      </c>
+      <c r="E104" t="s">
+        <v>109</v>
+      </c>
+      <c r="F104" t="s">
+        <v>137</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H104" t="s">
         <v>366</v>
-      </c>
-[...19 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>367</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>368</v>
+      </c>
+      <c r="D105" t="s">
+        <v>108</v>
+      </c>
+      <c r="E105" t="s">
+        <v>109</v>
+      </c>
+      <c r="F105" t="s">
+        <v>130</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H105" t="s">
         <v>369</v>
-      </c>
-[...19 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>85</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>10</v>
+      </c>
+      <c r="D106" t="s">
+        <v>370</v>
+      </c>
+      <c r="E106" t="s">
+        <v>371</v>
+      </c>
+      <c r="F106" t="s">
+        <v>130</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="B106" t="s">
-[...14 lines deleted...]
-      <c r="G106" s="1" t="s">
+      <c r="H106" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>374</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>17</v>
+      </c>
+      <c r="D107" t="s">
+        <v>370</v>
+      </c>
+      <c r="E107" t="s">
+        <v>371</v>
+      </c>
+      <c r="F107" t="s">
+        <v>130</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="B107" t="s">
-[...2 lines deleted...]
-      <c r="C107" t="s">
+      <c r="H107" t="s">
         <v>376</v>
-      </c>
-[...13 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>379</v>
+        <v>368</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>380</v>
+        <v>21</v>
       </c>
       <c r="D108" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="E108" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="F108" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H108" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>25</v>
+        <v>380</v>
       </c>
       <c r="D109" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="E109" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="F109" t="s">
-        <v>116</v>
+        <v>134</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="H109" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>386</v>
+        <v>281</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>91</v>
+        <v>10</v>
       </c>
       <c r="D110" t="s">
-        <v>361</v>
+        <v>383</v>
       </c>
       <c r="E110" t="s">
-        <v>362</v>
+        <v>384</v>
       </c>
       <c r="F110" t="s">
-        <v>88</v>
+        <v>134</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>387</v>
+        <v>198</v>
       </c>
       <c r="H110" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>389</v>
+        <v>333</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D111" t="s">
-        <v>361</v>
+        <v>383</v>
       </c>
       <c r="E111" t="s">
-        <v>362</v>
+        <v>384</v>
       </c>
       <c r="F111" t="s">
-        <v>88</v>
+        <v>130</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="H111" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D112" t="s">
-        <v>361</v>
+        <v>383</v>
       </c>
       <c r="E112" t="s">
-        <v>362</v>
+        <v>384</v>
       </c>
       <c r="F112" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>186</v>
+        <v>389</v>
       </c>
       <c r="H112" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>273</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>10</v>
+      </c>
+      <c r="D113" t="s">
+        <v>391</v>
+      </c>
+      <c r="E113" t="s">
+        <v>392</v>
+      </c>
+      <c r="F113" t="s">
+        <v>393</v>
+      </c>
+      <c r="G113" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="B113" t="s">
-[...14 lines deleted...]
-      <c r="G113" s="1" t="s">
+      <c r="H113" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>396</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>17</v>
+      </c>
+      <c r="D114" t="s">
+        <v>391</v>
+      </c>
+      <c r="E114" t="s">
+        <v>392</v>
+      </c>
+      <c r="F114" t="s">
+        <v>130</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="B114" t="s">
-[...14 lines deleted...]
-      <c r="G114" s="1" t="s">
+      <c r="H114" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>399</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>21</v>
+      </c>
+      <c r="D115" t="s">
+        <v>391</v>
+      </c>
+      <c r="E115" t="s">
+        <v>392</v>
+      </c>
+      <c r="F115" t="s">
+        <v>134</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B115" t="s">
-[...14 lines deleted...]
-      <c r="G115" s="1" t="s">
+      <c r="H115" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>402</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>380</v>
+      </c>
+      <c r="D116" t="s">
+        <v>391</v>
+      </c>
+      <c r="E116" t="s">
+        <v>392</v>
+      </c>
+      <c r="F116" t="s">
+        <v>137</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="H116" t="s">
         <v>404</v>
-      </c>
-[...13 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>405</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>406</v>
+      </c>
+      <c r="D117" t="s">
+        <v>391</v>
+      </c>
+      <c r="E117" t="s">
+        <v>392</v>
+      </c>
+      <c r="F117" t="s">
+        <v>134</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>407</v>
-      </c>
-[...16 lines deleted...]
-        <v>186</v>
       </c>
       <c r="H117" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>409</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>52</v>
+        <v>410</v>
       </c>
       <c r="D118" t="s">
-        <v>361</v>
+        <v>391</v>
       </c>
       <c r="E118" t="s">
-        <v>362</v>
+        <v>392</v>
       </c>
       <c r="F118" t="s">
-        <v>104</v>
+        <v>130</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H118" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>56</v>
+        <v>25</v>
       </c>
       <c r="D119" t="s">
-        <v>361</v>
+        <v>391</v>
       </c>
       <c r="E119" t="s">
-        <v>362</v>
+        <v>392</v>
       </c>
       <c r="F119" t="s">
-        <v>104</v>
+        <v>130</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H119" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>60</v>
+        <v>107</v>
       </c>
       <c r="D120" t="s">
-        <v>361</v>
+        <v>391</v>
       </c>
       <c r="E120" t="s">
-        <v>362</v>
+        <v>392</v>
       </c>
       <c r="F120" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H120" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="D121" t="s">
-        <v>361</v>
+        <v>391</v>
       </c>
       <c r="E121" t="s">
-        <v>362</v>
+        <v>392</v>
       </c>
       <c r="F121" t="s">
-        <v>124</v>
+        <v>104</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H121" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="D122" t="s">
-        <v>361</v>
+        <v>391</v>
       </c>
       <c r="E122" t="s">
-        <v>362</v>
+        <v>392</v>
       </c>
       <c r="F122" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H122" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>60</v>
+        <v>425</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D123" t="s">
-        <v>424</v>
+        <v>391</v>
       </c>
       <c r="E123" t="s">
-        <v>425</v>
+        <v>392</v>
       </c>
       <c r="F123" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>186</v>
+        <v>426</v>
       </c>
       <c r="H123" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D124" t="s">
-        <v>424</v>
+        <v>391</v>
       </c>
       <c r="E124" t="s">
-        <v>425</v>
+        <v>392</v>
       </c>
       <c r="F124" t="s">
-        <v>116</v>
+        <v>311</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>186</v>
+        <v>429</v>
       </c>
       <c r="H124" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D125" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E125" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="F125" t="s">
-        <v>82</v>
+        <v>311</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>432</v>
       </c>
       <c r="H125" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>207</v>
+        <v>434</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>17</v>
+        <v>435</v>
       </c>
       <c r="D126" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E126" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="F126" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="H126" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>211</v>
+        <v>438</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D127" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E127" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="F127" t="s">
-        <v>436</v>
+        <v>120</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="H127" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>215</v>
+        <v>441</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>350</v>
+        <v>52</v>
       </c>
       <c r="D128" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E128" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="F128" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="H128" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>265</v>
+        <v>444</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>376</v>
+        <v>56</v>
       </c>
       <c r="D129" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E129" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="F129" t="s">
-        <v>94</v>
+        <v>120</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="H129" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>380</v>
+        <v>60</v>
       </c>
       <c r="D130" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E130" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="F130" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="H130" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>291</v>
+        <v>450</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="D131" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E131" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="F131" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="H131" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>295</v>
+        <v>453</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="D132" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E132" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="F132" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="H132" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>328</v>
+        <v>456</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="D133" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E133" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="F133" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="H133" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="D134" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E134" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>392</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="H134" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>41</v>
+        <v>123</v>
       </c>
       <c r="D135" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E135" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="F135" t="s">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="H135" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="D136" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E136" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="F136" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="H136" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>404</v>
+        <v>81</v>
       </c>
       <c r="D137" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="E137" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="F137" t="s">
-        <v>124</v>
+        <v>311</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="H137" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
+        <v>85</v>
+      </c>
+      <c r="D138" t="s">
+        <v>391</v>
+      </c>
+      <c r="E138" t="s">
+        <v>392</v>
+      </c>
+      <c r="F138" t="s">
+        <v>130</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H138" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>60</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
         <v>10</v>
       </c>
-      <c r="D138" t="s">
-[...12 lines deleted...]
-        <v>469</v>
+      <c r="D139" t="s">
+        <v>474</v>
+      </c>
+      <c r="E139" t="s">
+        <v>475</v>
+      </c>
+      <c r="F139" t="s">
+        <v>120</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H139" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>477</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>17</v>
+      </c>
+      <c r="D140" t="s">
+        <v>474</v>
+      </c>
+      <c r="E140" t="s">
+        <v>475</v>
+      </c>
+      <c r="F140" t="s">
+        <v>130</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H140" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>479</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>10</v>
+      </c>
+      <c r="D141" t="s">
+        <v>480</v>
+      </c>
+      <c r="E141" t="s">
+        <v>481</v>
+      </c>
+      <c r="F141" t="s">
+        <v>98</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H141" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>219</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>17</v>
+      </c>
+      <c r="D142" t="s">
+        <v>480</v>
+      </c>
+      <c r="E142" t="s">
+        <v>481</v>
+      </c>
+      <c r="F142" t="s">
+        <v>311</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="H142" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>223</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>21</v>
+      </c>
+      <c r="D143" t="s">
+        <v>480</v>
+      </c>
+      <c r="E143" t="s">
+        <v>481</v>
+      </c>
+      <c r="F143" t="s">
+        <v>486</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="H143" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>227</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>380</v>
+      </c>
+      <c r="D144" t="s">
+        <v>480</v>
+      </c>
+      <c r="E144" t="s">
+        <v>481</v>
+      </c>
+      <c r="F144" t="s">
+        <v>137</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H144" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>277</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>406</v>
+      </c>
+      <c r="D145" t="s">
+        <v>480</v>
+      </c>
+      <c r="E145" t="s">
+        <v>481</v>
+      </c>
+      <c r="F145" t="s">
+        <v>110</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="H145" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>493</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>410</v>
+      </c>
+      <c r="D146" t="s">
+        <v>480</v>
+      </c>
+      <c r="E146" t="s">
+        <v>481</v>
+      </c>
+      <c r="F146" t="s">
+        <v>144</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="H146" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>303</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>25</v>
+      </c>
+      <c r="D147" t="s">
+        <v>480</v>
+      </c>
+      <c r="E147" t="s">
+        <v>481</v>
+      </c>
+      <c r="F147" t="s">
+        <v>110</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H147" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>307</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>107</v>
+      </c>
+      <c r="D148" t="s">
+        <v>480</v>
+      </c>
+      <c r="E148" t="s">
+        <v>481</v>
+      </c>
+      <c r="F148" t="s">
+        <v>130</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H148" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>340</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>29</v>
+      </c>
+      <c r="D149" t="s">
+        <v>480</v>
+      </c>
+      <c r="E149" t="s">
+        <v>481</v>
+      </c>
+      <c r="F149" t="s">
+        <v>113</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="H149" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>502</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>33</v>
+      </c>
+      <c r="D150" t="s">
+        <v>480</v>
+      </c>
+      <c r="E150" t="s">
+        <v>481</v>
+      </c>
+      <c r="F150" t="s">
+        <v>393</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H150" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>505</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>41</v>
+      </c>
+      <c r="D151" t="s">
+        <v>480</v>
+      </c>
+      <c r="E151" t="s">
+        <v>481</v>
+      </c>
+      <c r="F151" t="s">
+        <v>134</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="H151" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>508</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>45</v>
+      </c>
+      <c r="D152" t="s">
+        <v>480</v>
+      </c>
+      <c r="E152" t="s">
+        <v>481</v>
+      </c>
+      <c r="F152" t="s">
+        <v>130</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H152" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>511</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>435</v>
+      </c>
+      <c r="D153" t="s">
+        <v>480</v>
+      </c>
+      <c r="E153" t="s">
+        <v>481</v>
+      </c>
+      <c r="F153" t="s">
+        <v>137</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="H153" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>514</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>48</v>
+      </c>
+      <c r="D154" t="s">
+        <v>480</v>
+      </c>
+      <c r="E154" t="s">
+        <v>481</v>
+      </c>
+      <c r="F154" t="s">
+        <v>130</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H154" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>517</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>10</v>
+      </c>
+      <c r="D155" t="s">
+        <v>518</v>
+      </c>
+      <c r="E155" t="s">
+        <v>519</v>
+      </c>
+      <c r="F155" t="s">
+        <v>520</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H155" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>523</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>10</v>
+      </c>
+      <c r="D156" t="s">
+        <v>524</v>
+      </c>
+      <c r="E156" t="s">
+        <v>525</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="H156" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>528</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>17</v>
+      </c>
+      <c r="D157" t="s">
+        <v>524</v>
+      </c>
+      <c r="E157" t="s">
+        <v>525</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H157" t="s">
+        <v>529</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5596,50 +6305,69 @@
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>