--- v1 (2025-12-28)
+++ v2 (2026-02-16)
@@ -362,51 +362,51 @@
 _x000D_
 Texto do Comando:_x000D_
 _x000D_
 _x000D_
 Dê-se nova redação ao texto do Projeto de Lei nº 23/2025, onde constar a expressão "CRÉDITO ADICIONAL ESPECIAL", para que passe a constar "CRÉDITO ADICIONAL SUPLEMENTAR", mantendo-se inalterados os demais dispositivos do projeto._x000D_
 _x000D_
 _x000D_
 Justificativa:_x000D_
 _x000D_
 A presente emenda tem por finalidade adequar a terminologia utilizada no Projeto de Lei nº 23/2025, que trata da abertura de crédito na Lei Orçamentária Anual de 2025 (Lei Municipal nº 664/2024), substituindo a expressão “Crédito Adicional Especial” por “Crédito Adicional Suplementar”._x000D_
 A alteração visa corrigir o enquadramento contábil e jurídico da operação orçamentária, considerando que o crédito proposto tem por objetivo reforçar dotações existentes, o que caracteriza crédito suplementar, nos termos do art. 41, inciso I, da Lei nº 4.320/1964.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>JOÃO</t>
   </si>
   <si>
-    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento_008_2025.docx.pdf</t>
+    <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_no_008-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma rede de esgoto ligando o Centro Pastoral da Paróquia de Baraúna à rede de esgoto e saneamento básico do município, no final da Rua Castelo Branco, próximo à casa do padre, bem como a realização do calçamento no final da Rua Castelo Branco.</t>
   </si>
   <si>
     <t>KALIDHIA</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_011_2025.docx_1.pdf</t>
   </si>
   <si>
     <t>Instalação de placa informativa para praticantes de caminhada e corrida nas vias asfaltadas da cidade</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>ANTÔNIO, GABINETE PARLAMENTAR - GPAR, GIDEVAL, JARDEL, JOÃO, JOHNNY, JORAIDE, KALIDHIA, NIVANILDO, REGINALDO</t>
   </si>
   <si>
     <t>https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_002_2025_jonathan.docx.pdf</t>
   </si>
   <si>
     <t>Solicitação de estruturação do sistema de esgoto do conjunto Dedé Pereira</t>
   </si>
@@ -2075,51 +2075,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/38/pl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/39/pl_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_no_007_2025_abertura_de_credito_especial_pag_educador_social.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_no_009_2025_regulamenta_sistema_nacional_seguranca_alimentar_nutricional-sisan.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/83/projeto_de_lei_no_010_2025_reest_conselho_municipal_pessoal_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/82/projeto_de_lei_no_011_2025_reestruturacao_sevico_de_acolhimento_familiar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/85/projeto_de_lei_no_012_2025_reajusta_funcoes_gratificadas_profissionais_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_no_013_2025_credito_especial_apoio_cultural_e_convenio_estado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/109/mensagem_substitutivo_ao_projeto_de_lei_no_015_2025_em_tramitacao_na_camara_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_no_016_2025_autoriza_convenio_assoc_mulheres_de_peito.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/108/projeto_de_lei_no_017_2025_autoriza_pagamento_ferias_13o_salario_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_no_018_2025_pagamento_componente_de_qualidade_prof_atencao_basica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/159/requerimento20251020_14161506.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_no020-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_no021-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_lei_no_024-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/182/projeto_de_lei_no_025_2025_conselho_municipal_de_direitos_da_populacao_cmdlgbtqiapnb-1-3.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/184/projeto_de_lei_026_editado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/185/projeto_de_lei_no_027_2025_regulariza_a_denominacao_de_ruas_antigas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei_no_026_2025_substituto_autoriza_remanejamento_transposicao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/20/resolucao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/176/projeto_023_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento_008_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_011_2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_002_2025_jonathan.docx.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_003_2025_jonny.docx.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/23/requerimento_002_2025_joraide.docx.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_003_2025_joraide.docx.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/25/requerimento_003_2025_joao_galo.docx.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_003_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_003_2025_gideval.docx.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_003_2025_jardel.docx_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/30/requerimento_004_2025_jardel.docx.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_025_2025_do_vereador_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_026_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_027_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/43/requerimento_028__2025_jardel.docx.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_029__2025_jardel.docx.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_030_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_031_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/47/requerimento_032_2025_johny.docx.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/48/requerimento_033_2025_johny.docx.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_numero_034-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_numero_035-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_numero_036-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_numero_037-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_numero_038-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_numero_039-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_numero_040-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_n067-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_n068-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_n069-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_n070-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/121/requerimento_no_077-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_083_2025_joao_de_deus.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_084_2025_reginaldo.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_no_085-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_no_086-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_087_2025.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_no_088-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_089_2025_kalidhia.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_090_2025_kalidhia.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_no_091-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_no_092-20255-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_no_093-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_no_094-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/148/requerimento_095_2025_jardel_galdino.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_096_2025_jardel_galdino.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no_097-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no_099-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_no_100-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_no_101-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_no_102-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/181/requerimento_103__2025_jardel_galdino.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_no_104-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no_105-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/26/mocao_aplausos_001_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/79/voto_de_aplauso_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/106/voto_de_aplauso_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/115/mocao_de_aplauso_no_004-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/95/requerimento_n064-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/117/oficio_no_142_2025-gapref_camara_municipal_transferencia__data_da_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_decreto_legislativo_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/131/decreto_002_2025_presidente.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/132/decreto_003_2025_presidente.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/144/decreto_004_2025.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/155/decreto_005_2025_gideval.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/156/projeto_de_decreto_legislativo_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_decreto_legislativo_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/158/decreto_008_2025_joraide.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/164/decreto_009_2025_joraide.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_decreto_10.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/166/decreto_011_gideval.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/167/decreto_012_antonio.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/168/decreto_013_antonio.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/169/decreto_014_antonio.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/170/projeto_de_decreto_15.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/171/decreto_016_jhony.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/172/decreto_017_jhony.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/173/decreto_018_nego.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/174/decreto_019_jardel.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/175/decreto_020_jardel.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_decreto_legislativo_no_021-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/190/projeto__de_decreto_legislativo_no_22-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/191/projeto__de_decreto_legislativo_no_23-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/192/projeto__de_decreto_legislativo_no_24-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/193/projeto__de_decreto_legislativo_no_25-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/194/projeto__de_decreto_legislativo_no_26-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_do_legislativo_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/49/p_lei_0002_2025_antonio.docx.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_do_legislativo_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_do_legislativo_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_do_legislativo_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_do_legislativo_no_006-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_do_legislativo_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_do_legislativo_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/97/projeto_de_lei_do_legislativo_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_do_legislativo_no_10.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_legislativo_012_2025.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_legislativo-pdl_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_do_legislativo_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_legislativo_015_2025_nego.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/146/portaria_de_instauracao_pad_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/177/proc_02763_25_oficio_00469_25_tribunal_pleno.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/38/pl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/39/pl_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_no_007_2025_abertura_de_credito_especial_pag_educador_social.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_no_009_2025_regulamenta_sistema_nacional_seguranca_alimentar_nutricional-sisan.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/83/projeto_de_lei_no_010_2025_reest_conselho_municipal_pessoal_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/82/projeto_de_lei_no_011_2025_reestruturacao_sevico_de_acolhimento_familiar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/85/projeto_de_lei_no_012_2025_reajusta_funcoes_gratificadas_profissionais_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_no_013_2025_credito_especial_apoio_cultural_e_convenio_estado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/109/mensagem_substitutivo_ao_projeto_de_lei_no_015_2025_em_tramitacao_na_camara_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_no_016_2025_autoriza_convenio_assoc_mulheres_de_peito.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/108/projeto_de_lei_no_017_2025_autoriza_pagamento_ferias_13o_salario_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_no_018_2025_pagamento_componente_de_qualidade_prof_atencao_basica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/159/requerimento20251020_14161506.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_no020-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_no021-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_lei_no_024-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/182/projeto_de_lei_no_025_2025_conselho_municipal_de_direitos_da_populacao_cmdlgbtqiapnb-1-3.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/184/projeto_de_lei_026_editado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/185/projeto_de_lei_no_027_2025_regulariza_a_denominacao_de_ruas_antigas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei_no_026_2025_substituto_autoriza_remanejamento_transposicao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/20/resolucao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/176/projeto_023_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_011_2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_002_2025_jonathan.docx.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_003_2025_jonny.docx.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/23/requerimento_002_2025_joraide.docx.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_003_2025_joraide.docx.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/25/requerimento_003_2025_joao_galo.docx.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_003_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_003_2025_gideval.docx.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_003_2025_jardel.docx_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/30/requerimento_004_2025_jardel.docx.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_025_2025_do_vereador_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_026_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_027_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/43/requerimento_028__2025_jardel.docx.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_029__2025_jardel.docx.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_030_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_031_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/47/requerimento_032_2025_johny.docx.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/48/requerimento_033_2025_johny.docx.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_numero_034-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_numero_035-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_numero_036-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_numero_037-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_numero_038-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_numero_039-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_numero_040-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_n067-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_n068-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_n069-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_n070-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/121/requerimento_no_077-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_083_2025_joao_de_deus.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_084_2025_reginaldo.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_no_085-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_no_086-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_087_2025.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_no_088-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_089_2025_kalidhia.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_090_2025_kalidhia.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_no_091-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_no_092-20255-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_no_093-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_no_094-2025-aprovado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/148/requerimento_095_2025_jardel_galdino.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_096_2025_jardel_galdino.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no_097-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no_099-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_no_100-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_no_101-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_no_102-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/181/requerimento_103__2025_jardel_galdino.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_no_104-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no_105-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/26/mocao_aplausos_001_2025_nivanildo.docx.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/79/voto_de_aplauso_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/106/voto_de_aplauso_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/115/mocao_de_aplauso_no_004-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/95/requerimento_n064-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/117/oficio_no_142_2025-gapref_camara_municipal_transferencia__data_da_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_decreto_legislativo_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/131/decreto_002_2025_presidente.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/132/decreto_003_2025_presidente.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/144/decreto_004_2025.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/155/decreto_005_2025_gideval.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/156/projeto_de_decreto_legislativo_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_decreto_legislativo_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/158/decreto_008_2025_joraide.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/164/decreto_009_2025_joraide.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_decreto_10.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/166/decreto_011_gideval.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/167/decreto_012_antonio.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/168/decreto_013_antonio.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/169/decreto_014_antonio.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/170/projeto_de_decreto_15.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/171/decreto_016_jhony.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/172/decreto_017_jhony.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/173/decreto_018_nego.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/174/decreto_019_jardel.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/175/decreto_020_jardel.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_decreto_legislativo_no_021-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/190/projeto__de_decreto_legislativo_no_22-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/191/projeto__de_decreto_legislativo_no_23-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/192/projeto__de_decreto_legislativo_no_24-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/193/projeto__de_decreto_legislativo_no_25-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/194/projeto__de_decreto_legislativo_no_26-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_do_legislativo_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/49/p_lei_0002_2025_antonio.docx.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_do_legislativo_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_do_legislativo_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_do_legislativo_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_do_legislativo_no_006-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_do_legislativo_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_do_legislativo_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/97/projeto_de_lei_do_legislativo_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_do_legislativo_no_10.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_legislativo_012_2025.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_legislativo-pdl_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_do_legislativo_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_legislativo_015_2025_nego.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/146/portaria_de_instauracao_pad_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/sapl/public/materialegislativa/2025/177/proc_02763_25_oficio_00469_25_tribunal_pleno.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barauna.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H157"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="109.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="165.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">